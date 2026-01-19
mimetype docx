--- v0 (2025-10-25)
+++ v1 (2026-01-19)
@@ -401,54 +401,57 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5357,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BDF5B98" w14:textId="23E9058A" w:rsidR="007F1B0B" w:rsidRPr="00DA421C" w:rsidRDefault="001C14ED" w:rsidP="00FE6CDA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>5188,17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32C99981" w14:textId="42085223" w:rsidR="007F1B0B" w:rsidRPr="00DA421C" w:rsidRDefault="007F1B0B" w:rsidP="00FE6CDA">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="32C99981" w14:textId="3BB8711F" w:rsidR="007F1B0B" w:rsidRPr="00DA421C" w:rsidRDefault="001E4E00" w:rsidP="00FE6CDA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5884,89</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F1B0B" w14:paraId="0497C90E" w14:textId="77777777" w:rsidTr="00FE6CDA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A915A90" w14:textId="77777777" w:rsidR="007F1B0B" w:rsidRDefault="007F1B0B" w:rsidP="00FE6CDA">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="554C16DC" w14:textId="77777777" w:rsidR="007F1B0B" w:rsidRDefault="007F1B0B" w:rsidP="00FE6CDA">
             <w:r>
               <w:t>Mokytojai</w:t>
@@ -486,54 +489,57 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2527,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EE1EDC8" w14:textId="64549595" w:rsidR="007F1B0B" w:rsidRPr="00DA421C" w:rsidRDefault="00CD6946" w:rsidP="00FE6CDA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>2815,84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6BF4B6" w14:textId="5443E673" w:rsidR="007F1B0B" w:rsidRPr="00DA421C" w:rsidRDefault="007F1B0B" w:rsidP="00FE6CDA">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6C6BF4B6" w14:textId="502C3132" w:rsidR="007F1B0B" w:rsidRPr="00DA421C" w:rsidRDefault="001E4E00" w:rsidP="00FE6CDA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2987,47</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F1B0B" w14:paraId="6DBD70C1" w14:textId="77777777" w:rsidTr="00FE6CDA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E08D6F5" w14:textId="77777777" w:rsidR="007F1B0B" w:rsidRDefault="007F1B0B" w:rsidP="00FE6CDA">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="442B49AC" w14:textId="77777777" w:rsidR="007F1B0B" w:rsidRDefault="007F1B0B" w:rsidP="00FE6CDA">
             <w:r>
               <w:t>Pedagoginiai darbuotojai teikiantys pedagoginę pagalbą mokiniams</w:t>
@@ -586,57 +592,63 @@
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="720E8894" w14:textId="39B9B479" w:rsidR="007F1B0B" w:rsidRPr="00DA421C" w:rsidRDefault="0061013A" w:rsidP="00FE6CDA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0061013A">
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="0061013A">
               <w:t>94,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="329A8A6E" w14:textId="4BECAC88" w:rsidR="007F1B0B" w:rsidRPr="00DA421C" w:rsidRDefault="007F1B0B" w:rsidP="00FE6CDA">
+          <w:p w14:paraId="329A8A6E" w14:textId="2600D84D" w:rsidR="007F1B0B" w:rsidRPr="00DA421C" w:rsidRDefault="00574373" w:rsidP="00FE6CDA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:t>199</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574373">
+              <w:t>0,41</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F1B0B" w14:paraId="56739339" w14:textId="77777777" w:rsidTr="00FE6CDA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="179B914E" w14:textId="77777777" w:rsidR="007F1B0B" w:rsidRDefault="007F1B0B" w:rsidP="00FE6CDA">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3299" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4622141C" w14:textId="77777777" w:rsidR="007F1B0B" w:rsidRDefault="007F1B0B" w:rsidP="00FE6CDA">
             <w:r>
               <w:t>Aptarnaujantis personalas</w:t>
@@ -674,84 +686,87 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1399,17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C8CBCBF" w14:textId="2EF7FCDC" w:rsidR="007F1B0B" w:rsidRPr="00DA421C" w:rsidRDefault="0061013A" w:rsidP="00FE6CDA">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>1385,94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E31C586" w14:textId="51A3C6AE" w:rsidR="007F1B0B" w:rsidRPr="00DA421C" w:rsidRDefault="007F1B0B" w:rsidP="00FE6CDA">
-[...2 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7E31C586" w14:textId="3CFF71A2" w:rsidR="007F1B0B" w:rsidRPr="00DA421C" w:rsidRDefault="00FF4ACC" w:rsidP="00FE6CDA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1524,87</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2AE3E121" w14:textId="77777777" w:rsidR="007F1B0B" w:rsidRDefault="007F1B0B" w:rsidP="007F1B0B"/>
     <w:p w14:paraId="0340664A" w14:textId="77777777" w:rsidR="007F1B0B" w:rsidRDefault="007F1B0B" w:rsidP="007F1B0B"/>
     <w:p w14:paraId="58A0DA4E" w14:textId="77777777" w:rsidR="007F1B0B" w:rsidRDefault="007F1B0B" w:rsidP="007F1B0B"/>
     <w:p w14:paraId="01B010C5" w14:textId="77777777" w:rsidR="002D3FFC" w:rsidRDefault="002D3FFC"/>
     <w:sectPr w:rsidR="002D3FFC" w:rsidSect="007F1B0B">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79B722D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8625320"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
@@ -836,61 +851,65 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F1B0B"/>
     <w:rsid w:val="000340EA"/>
     <w:rsid w:val="001C14ED"/>
     <w:rsid w:val="001E2514"/>
+    <w:rsid w:val="001E4E00"/>
     <w:rsid w:val="002D3FFC"/>
     <w:rsid w:val="003322A6"/>
     <w:rsid w:val="003C717A"/>
     <w:rsid w:val="004974C4"/>
+    <w:rsid w:val="00574373"/>
     <w:rsid w:val="005E6EE2"/>
     <w:rsid w:val="0061013A"/>
     <w:rsid w:val="007F1B0B"/>
     <w:rsid w:val="008A2E0B"/>
     <w:rsid w:val="00CD6946"/>
     <w:rsid w:val="00D01A14"/>
     <w:rsid w:val="00D02CAD"/>
+    <w:rsid w:val="00F34832"/>
+    <w:rsid w:val="00FF4ACC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3A3B2262"/>
@@ -2119,69 +2138,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>310</Words>
-  <Characters>177</Characters>
+  <Words>328</Words>
+  <Characters>187</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>486</CharactersWithSpaces>
+  <CharactersWithSpaces>514</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Gražina</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>