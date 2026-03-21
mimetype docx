--- v0 (2025-10-25)
+++ v1 (2026-03-21)
@@ -1,142 +1,148 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="02828A4B" w14:textId="77777777" w:rsidR="00E061BB" w:rsidRDefault="00CA7474" w:rsidP="00CA7474">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>MOKINIŲ PAVĖŽĖJIMO Į GIMNAZIJĄ IR ATGAL</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64FFFECA" w14:textId="77777777" w:rsidR="00CA7474" w:rsidRDefault="00CA7474" w:rsidP="00CA7474">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>UAB „EMTRA“ MARŠRUTAI IR GRAFIKAI</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BDE7748" w14:textId="1CE9D010" w:rsidR="007C360A" w:rsidRDefault="004D6BE0" w:rsidP="00CA7474">
+    <w:p w14:paraId="4BDE7748" w14:textId="42BC0DB8" w:rsidR="007C360A" w:rsidRDefault="004D6BE0" w:rsidP="1E1690EE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="1E1690EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="00DA1982">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="0072689A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1E1690EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-202</w:t>
       </w:r>
-      <w:r w:rsidR="00DA1982">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="0072689A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...4 lines deleted...]
-          <w:b/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="007C360A" w:rsidRPr="1E1690EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> M.M.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3092E537" w14:textId="77777777" w:rsidR="00CA7474" w:rsidRDefault="00CA7474" w:rsidP="00CA7474">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E704394" w14:textId="77777777" w:rsidR="00CA7474" w:rsidRDefault="00CA7474" w:rsidP="00CA7474">
       <w:pPr>
         <w:ind w:left="3888"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -1141,142 +1147,149 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CA7474" w:rsidRPr="00CA7474">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA7474"/>
     <w:rsid w:val="0009028C"/>
     <w:rsid w:val="001173B1"/>
+    <w:rsid w:val="00141C3F"/>
     <w:rsid w:val="003B21F1"/>
     <w:rsid w:val="004653A9"/>
     <w:rsid w:val="004D1BD6"/>
     <w:rsid w:val="004D6BE0"/>
     <w:rsid w:val="0050203B"/>
     <w:rsid w:val="00577133"/>
     <w:rsid w:val="00702007"/>
+    <w:rsid w:val="0072689A"/>
     <w:rsid w:val="007C360A"/>
     <w:rsid w:val="008C2179"/>
     <w:rsid w:val="00A5226E"/>
     <w:rsid w:val="00B10932"/>
     <w:rsid w:val="00C21D95"/>
     <w:rsid w:val="00CA7474"/>
+    <w:rsid w:val="00D2199E"/>
+    <w:rsid w:val="00D7564D"/>
     <w:rsid w:val="00DA1982"/>
     <w:rsid w:val="00E061BB"/>
     <w:rsid w:val="00ED5B97"/>
     <w:rsid w:val="00F96A1D"/>
+    <w:rsid w:val="1E1690EE"/>
+    <w:rsid w:val="26CF6915"/>
+    <w:rsid w:val="4D191A3A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7A1CC2D9"/>
   <w15:docId w15:val="{86489630-647B-4F2B-8507-5F4AA2AEC69C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1661,51 +1674,51 @@
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -1978,74 +1991,75 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x010100A7AEEED0C7D99A448F10A292D4FA6B9B" ma:contentTypeVersion="15" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="c51e621c58173d86e43e8f7b2282e653">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3af21f7d-bbe3-460c-90a9-135cd8be0403" xmlns:ns3="8bc25769-3f74-4057-b46a-4ed51e00f39e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="32b0b3dcdda16d8572933701b93d18a8" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x010100A7AEEED0C7D99A448F10A292D4FA6B9B" ma:contentTypeVersion="16" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="b86aede88b6a8fba43caa72d3ead1fd8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3af21f7d-bbe3-460c-90a9-135cd8be0403" xmlns:ns3="8bc25769-3f74-4057-b46a-4ed51e00f39e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="222ee8b3aa7067db718ebaaa2e5fad39" ns2:_="" ns3:_="">
     <xsd:import namespace="3af21f7d-bbe3-460c-90a9-135cd8be0403"/>
     <xsd:import namespace="8bc25769-3f74-4057-b46a-4ed51e00f39e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3af21f7d-bbe3-460c-90a9-135cd8be0403" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -2071,50 +2085,55 @@
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="15" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Vaizdų žymės" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d95f5cb3-3166-4625-a94a-9b3d9c2b223f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8bc25769-3f74-4057-b46a-4ed51e00f39e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Bendrinama su" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -2234,106 +2253,91 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="8bc25769-3f74-4057-b46a-4ed51e00f39e" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="3af21f7d-bbe3-460c-90a9-135cd8be0403">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FF21203-95BA-496A-AD5B-9FEBF7C1A75F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E9134F7B-3B35-49D9-A299-B8A2AABDC971}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9E77C90-6311-47F9-8883-E754519CBF49}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3af21f7d-bbe3-460c-90a9-135cd8be0403"/>
     <ds:schemaRef ds:uri="8bc25769-3f74-4057-b46a-4ed51e00f39e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5E2D8AC-F43D-4773-B1DF-1F8EC62567EF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8bc25769-3f74-4057-b46a-4ed51e00f39e"/>
     <ds:schemaRef ds:uri="3af21f7d-bbe3-460c-90a9-135cd8be0403"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>981</Words>
   <Characters>560</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1538</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Vartotojas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A7AEEED0C7D99A448F10A292D4FA6B9B</vt:lpwstr>